--- v0 (2025-10-10)
+++ v1 (2026-03-20)
@@ -19,50 +19,51 @@
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483706" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId11"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="307" r:id="rId5"/>
     <p:sldId id="308" r:id="rId6"/>
     <p:sldId id="309" r:id="rId7"/>
     <p:sldId id="314" r:id="rId8"/>
     <p:sldId id="315" r:id="rId9"/>
     <p:sldId id="316" r:id="rId10"/>
@@ -177,80 +178,171 @@
   <p:clrMru>
     <a:srgbClr val="B2402A"/>
     <a:srgbClr val="812246"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="20125"/>
-    <p:restoredTop sz="75646"/>
+    <p:restoredLeft sz="21317"/>
+    <p:restoredTop sz="75616"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="124" d="100"/>
-          <a:sy n="124" d="100"/>
+          <a:sx n="94" d="100"/>
+          <a:sy n="94" d="100"/>
         </p:scale>
-        <p:origin x="352" y="-224"/>
+        <p:origin x="1096" y="200"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}"/>
+    <pc:docChg chg="custSel modSld">
+      <pc:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:14:16.409" v="43" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:14:16.409" v="43" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="605456533" sldId="307"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:14:16.409" v="43" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="605456533" sldId="307"/>
+            <ac:spMk id="5" creationId="{13E3B7F1-A860-3315-6D69-F25379CA335A}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:08:24.174" v="7" actId="207"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="142309781" sldId="315"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:08:24.174" v="7" actId="207"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="142309781" sldId="315"/>
+            <ac:spMk id="5" creationId="{88BB77F3-8724-BC45-380E-9E0F8F669B5F}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp mod">
+        <pc:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:10:17.111" v="31" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2431284991" sldId="316"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:10:17.111" v="31" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2431284991" sldId="316"/>
+            <ac:spMk id="21" creationId="{FD5EF006-6C76-57EB-3B14-63542BE97483}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:09:48.785" v="26" actId="1037"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2431284991" sldId="316"/>
+            <ac:picMk id="5" creationId="{737610D0-7179-1F7D-47EC-43B43D92B1F5}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:09:48.785" v="26" actId="1037"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2431284991" sldId="316"/>
+            <ac:picMk id="12" creationId="{2B6AB324-0779-4F7C-3C3F-9C184701CCAE}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:09:31.203" v="21" actId="478"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2431284991" sldId="316"/>
+            <ac:picMk id="14" creationId="{B518ED5C-1F20-9AE9-F197-2F88AAAC78C2}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Kucera,Liz" userId="3fc180f8-e448-4c8f-9c70-c223cc4e8d97" providerId="ADAL" clId="{2E4057BB-4B2D-5DA4-9960-55DE8A1B6F41}" dt="2026-03-09T15:09:41.197" v="23" actId="555"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2431284991" sldId="316"/>
+            <ac:picMk id="16" creationId="{C2547F60-5E3C-327B-CCF7-DC4BC56E5D56}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -295,51 +387,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5C0B6927-EC31-1A49-883E-C7264FD12A1A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/20/25</a:t>
+              <a:t>3/9/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -5966,51 +6058,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="4526246"/>
             <a:ext cx="10512424" cy="1133359"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Concordia Nebraska is an excellent academic and Christ-centered community equipping men and women for lives of learning, service and leadership in the church and world.</a:t>
+              <a:t>Concordia University, Nebraska is an excellent academic and Christ-centered community equipping men and women for lives of learning, service and leadership in the church and world.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E72E10D-F465-85C4-D531-F03AA95314DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect t="31643" b="21535"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -6223,51 +6315,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C010847-8884-014E-B4DD-8BA9BBFC9494}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="711643" y="4227095"/>
             <a:ext cx="2197716" cy="849013"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="7100">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Sentinel Medium"/>
                 <a:ea typeface="Sentinel Medium"/>
                 <a:cs typeface="Sentinel Medium"/>
                 <a:sym typeface="Sentinel Medium"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -6300,51 +6392,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{585915A8-BAE9-DB43-8D71-19BB358706E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="790971" y="4936508"/>
             <a:ext cx="2639915" cy="746356"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gotham Narrow Bold"/>
                 <a:ea typeface="Gotham Narrow Bold"/>
                 <a:cs typeface="Gotham Narrow Bold"/>
                 <a:sym typeface="Gotham Narrow"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -6370,51 +6462,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F9EA230-ED09-7C35-D372-38EA66776A54}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6283586" y="4226951"/>
             <a:ext cx="1835437" cy="849013"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="7100">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Sentinel Medium"/>
                 <a:ea typeface="Sentinel Medium"/>
                 <a:cs typeface="Sentinel Medium"/>
                 <a:sym typeface="Sentinel Medium"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr" defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -6447,51 +6539,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC3308D1-4911-6388-8F38-E548D429032C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6380558" y="4936508"/>
             <a:ext cx="3076886" cy="746356"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gotham Narrow Bold"/>
                 <a:ea typeface="Gotham Narrow Bold"/>
                 <a:cs typeface="Gotham Narrow Bold"/>
                 <a:sym typeface="Gotham Narrow"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -6517,51 +6609,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84DD535C-7BEB-D9C7-6A13-5D228308B7D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9455212" y="4226951"/>
             <a:ext cx="1469952" cy="849013"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="7100">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Sentinel Medium"/>
                 <a:ea typeface="Sentinel Medium"/>
                 <a:cs typeface="Sentinel Medium"/>
                 <a:sym typeface="Sentinel Medium"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -6594,51 +6686,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7EAFF3-3F0C-8381-9619-EDF8A9273E38}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9369441" y="4936508"/>
             <a:ext cx="3076886" cy="746356"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gotham Narrow Bold"/>
                 <a:ea typeface="Gotham Narrow Bold"/>
                 <a:cs typeface="Gotham Narrow Bold"/>
                 <a:sym typeface="Gotham Narrow"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -6683,51 +6775,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B0017A8-CFCB-548E-3887-7CB517E41FA0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3561613" y="4227095"/>
             <a:ext cx="1471555" cy="849013"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="7100">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Sentinel Medium"/>
                 <a:ea typeface="Sentinel Medium"/>
                 <a:cs typeface="Sentinel Medium"/>
                 <a:sym typeface="Sentinel Medium"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -6760,51 +6852,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC8E5A56-71AA-AABC-C690-A9D1FF8D7CF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3640941" y="4936508"/>
             <a:ext cx="2639915" cy="746356"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="95249" tIns="95249" rIns="95249" bIns="95249" numCol="1" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Gotham Narrow Bold"/>
                 <a:ea typeface="Gotham Narrow Bold"/>
                 <a:cs typeface="Gotham Narrow Bold"/>
                 <a:sym typeface="Gotham Narrow"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr defTabSz="609585">
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -7177,670 +7269,598 @@
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="172A54"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>COLLEGE OF BUSINESS AND TECHNOLOGY </a:t>
+              <a:t>COLLEGE OF ARTS AND SCIENCES</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5A9CBE"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>PAUL H. &amp; MARY ANN KOEHLER DEPARTMENT OF BUSINESS </a:t>
+              <a:t>ART</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Accounting </a:t>
+              <a:t>Art Education </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Business Administration </a:t>
+              <a:t>Art Therapy </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Business Communication </a:t>
+              <a:t>Graphic Design </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Marketing </a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>Studio Art </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5A9CBE"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>COMPUTER SCIENCE </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5A9CBE"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5A9CBE"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>AND MATHEMATICS </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Computer Science </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Data Science</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mathematics  </a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5A9CBE"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5A9CBE"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>COMPUTER SCIENCE </a:t>
+              <a:t>ENGLISH, COMMUNICATION </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5A9CBE"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5A9CBE"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>AND MATHEMATICS </a:t>
+              <a:t>AND THEATRE ARTS </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Computer Science </a:t>
+              <a:t>Applied Communication </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
+                <a:effectLst/>
               </a:rPr>
-              <a:t>Data Science</a:t>
-            </a:r>
+              <a:t>English </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Journalism and Public Relations </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Strategic Communication </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Theatre </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...20 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5A9CBE"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>HISTORY, GEOGRAPHY, INTERCULTURAL STUDIES AND MODERN LANGUAGES </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Geography </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>History </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Spanish  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5A9CBE"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>MUSIC </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Church Music </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Music Education </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Music </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5A9CBE"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>NATURAL SCIENCES </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Agricultural Science </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Biology </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Biochemistry </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Chemistry </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Environmental Science </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Nursing </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Physical Science </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Physics </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
+              <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5A9CBE"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>PAUL H. &amp; MARY ANN KOEHLER DEPARTMENT OF BUSINESS </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accounting </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Business Administration </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Business Communication </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marketing </a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
-          </a:p>
-[...408 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5A9CBE"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
               <a:t>THEOLOGY, PHILOSOPHY AND BIBLICAL LANGUAGES </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
@@ -7937,497 +7957,584 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Graduate Programs</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88BB77F3-8724-BC45-380E-9E0F8F669B5F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="503582" y="1029455"/>
-            <a:ext cx="10972800" cy="4678618"/>
+            <a:off x="503582" y="1020417"/>
+            <a:ext cx="10972800" cy="5216609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" numCol="2">
+          <a:bodyPr wrap="square" numCol="3">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>COLLEGE OF EDUCATION, HEALTH </a:t>
-[...37 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:t>MASTER OF ARTS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...3 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t>Marriage and Family Therapy</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" indent="-171450">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...3 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t>School Counseling</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...12 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Leadership</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>  Coming May 2026</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0"/>
+              <a:t>Pending Higher Learning Commission approval</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Curriculum and Instruction</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:t>MASTER OF BUSINESS ADMINISTRATION</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>MASTER OF EDUCATION</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Curriculum and Instruction</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...23 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Early Childhood Education</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Early Childhood Education </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Birth - 3rd Inclusive</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Early Childhood Special Education</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...23 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Educational Administration</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Educational Administration for </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Christian Schools</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Literacy/Reading/ESL</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...98 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Special Education</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>TESOL (Teaching English to </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Speakers of Other Languages)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Family Life Education</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:t>ENDORSEMENTS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Early Childhood Education Endorsement </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...28 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>English as a Second Language (ESL) Endorsement </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Instructional Technology Leadership Endorsement </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="171450" indent="-171450">
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Principal (Education Administration) Endorsement </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-[...2 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Special Education Endorsement </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Reading Specialist Endorsement</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Computer Science Endorsement </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Coming August 2026</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
               </a:rPr>
+              <a:t>GRADUATE EDUCATION CERTIFICATES</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Advancement for Christian Schools</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Artificial Intelligence in Teaching and Learning</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Early Childhood Administration</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Early Childhood Teacher as leader</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Educational Technology</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Exceptional Learners Birth through age 8</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Exceptional Learners K-12</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Futures &amp; Innovations in Christian Education</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Literacy</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Science, Technology, Engineering, the Arts &amp; Math</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Teaching English to Speakers of Other Languages (TESOL)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Trauma &amp; Resilience</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>MASTER OF PUBLIC HEALTH</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>MASTER OF SCIENCE</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Athletic Administration</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Family Life Education</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Coaching</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOWER FELLOWSHIPS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Advancement for Christian Schools</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Futures &amp; Innovation in Christian Education</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t>Trauma and Resilience</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="142309781"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -8504,651 +8611,651 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B6AB324-0779-4F7C-3C3F-9C184701CCAE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9441873" y="809847"/>
+            <a:off x="9430340" y="809847"/>
             <a:ext cx="1427018" cy="1427018"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="Picture 13">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B518ED5C-1F20-9AE9-F197-2F88AAAC78C2}"/>
+          <p:cNvPr id="16" name="Picture 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2547F60-5E3C-327B-CCF7-DC4BC56E5D56}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9441873" y="2462153"/>
+            <a:off x="6096000" y="2503716"/>
             <a:ext cx="1427018" cy="1427018"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{100CE385-770B-6072-4DB7-AD72E86A2DD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5843948" y="388778"/>
+            <a:ext cx="5533303" cy="585518"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" spc="300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>KEEP IN TOUCH!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A94D9C0F-8BDD-33C0-5CEC-F1B42F022F85}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8415302" y="2066990"/>
+            <a:ext cx="3480160" cy="585518"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>concordianebraska</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7AFD5BC-8807-A571-2387-A543862E0411}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5069428" y="2066990"/>
+            <a:ext cx="3769771" cy="585518"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Concordia University, Nebraska</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB971CA4-1F6A-A8EE-C850-8D1C36AA811A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5069429" y="3772912"/>
+            <a:ext cx="3480160" cy="585518"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>c</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>oncordiane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5EF006-6C76-57EB-3B14-63542BE97483}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8415302" y="3772912"/>
+            <a:ext cx="3480160" cy="585518"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>@CUNE</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6589AB3-4007-F08B-F03D-23DE56650A3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8043127" y="5546298"/>
+            <a:ext cx="4150771" cy="585518"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Concordia University, Nebraska</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="16" name="Picture 15">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2547F60-5E3C-327B-CCF7-DC4BC56E5D56}"/>
+          <p:cNvPr id="29" name="Picture 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C560E337-1B8E-93DA-D880-93CFC7F156C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6096000" y="2503716"/>
-            <a:ext cx="1427018" cy="1427018"/>
+            <a:off x="9413571" y="4183266"/>
+            <a:ext cx="1418452" cy="1418452"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Title 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{100CE385-770B-6072-4DB7-AD72E86A2DD5}"/>
+          <p:cNvPr id="3" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CA0F9FE-DD5D-A1E2-D52E-B15929D214CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5843948" y="388778"/>
-            <a:ext cx="5533303" cy="585518"/>
+            <a:off x="5457541" y="5546298"/>
+            <a:ext cx="2703935" cy="585518"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4800" b="1" i="0" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" spc="300" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...58 lines deleted...]
-                <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>concordianebraska</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000" spc="300" dirty="0">
+              <a:t>info@cune.edu</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...285 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="29" name="Picture 28">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C560E337-1B8E-93DA-D880-93CFC7F156C1}"/>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56EEBD1E-4DB7-DD3E-2431-0B1943B2A62C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9413571" y="4183266"/>
+            <a:off x="6104566" y="4183266"/>
             <a:ext cx="1418452" cy="1418452"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...64 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56EEBD1E-4DB7-DD3E-2431-0B1943B2A62C}"/>
+          <p:cNvPr id="5" name="Picture 4" descr="A white circle with blue x in it&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{737610D0-7179-1F7D-47EC-43B43D92B1F5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6104566" y="4183266"/>
-            <a:ext cx="1418452" cy="1418452"/>
+            <a:off x="9414577" y="2472190"/>
+            <a:ext cx="1458544" cy="1458544"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2431284991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Concordia_23Update">
   <a:themeElements>
     <a:clrScheme name="Concordia">
       <a:dk1>
         <a:srgbClr val="192C53"/>
@@ -9882,108 +9989,116 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3AA4950-306E-48E6-B0C4-60D01D1FBAB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="abe146d5-6c64-4d64-b199-2dc11717cb0f"/>
     <ds:schemaRef ds:uri="2ae0dfbd-6200-4413-b1ac-24f5e505bcb9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFC1C4AF-4413-4379-AE5A-AD1821471368}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D470F646-ECC5-4267-B5EA-C60CC2A267CE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="abe146d5-6c64-4d64-b199-2dc11717cb0f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2ae0dfbd-6200-4413-b1ac-24f5e505bcb9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D470F646-ECC5-4267-B5EA-C60CC2A267CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFC1C4AF-4413-4379-AE5A-AD1821471368}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>412</Words>
+  <Words>494</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>143</Paragraphs>
+  <Paragraphs>160</Paragraphs>
   <Slides>6</Slides>
   <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>